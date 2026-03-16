--- v0 (2026-01-29)
+++ v1 (2026-03-16)
@@ -603,51 +603,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:F56"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="B2" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="H22" sqref="H22"/>
+      <selection activeCell="F17" sqref="F17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="1"/>
     <col min="2" max="2" width="48.28515625" customWidth="1"/>
     <col min="3" max="3" width="13" customWidth="1"/>
     <col min="4" max="4" width="23.42578125" customWidth="1"/>
     <col min="5" max="5" width="24.7109375" customWidth="1"/>
     <col min="6" max="6" width="13" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
@@ -927,134 +927,134 @@
       </c>
       <c r="C15" s="1" t="s">
         <v>7</v>
       </c>
       <c r="D15" s="4">
         <v>29000</v>
       </c>
       <c r="E15" s="4">
         <v>29000</v>
       </c>
       <c r="F15" s="6" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>7</v>
       </c>
       <c r="D16" s="4">
-        <v>45000</v>
+        <v>55000</v>
       </c>
       <c r="E16" s="4">
-        <v>45000</v>
+        <v>63500</v>
       </c>
       <c r="F16" s="6" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
     </row>
     <row r="17" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>16</v>
       </c>
       <c r="B17" s="7" t="s">
         <v>21</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>7</v>
       </c>
       <c r="D17" s="4">
-        <v>20000</v>
+        <v>19000</v>
       </c>
       <c r="E17" s="4">
-        <v>20000</v>
+        <v>19000</v>
       </c>
       <c r="F17" s="6" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="18" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>22</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>7</v>
       </c>
       <c r="D18" s="4">
-        <v>35000</v>
+        <v>32500</v>
       </c>
       <c r="E18" s="4">
-        <v>35000</v>
+        <v>32500</v>
       </c>
       <c r="F18" s="6" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="19" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>23</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>7</v>
       </c>
       <c r="D19" s="4">
         <v>25000</v>
       </c>
       <c r="E19" s="4">
         <v>25000</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="20" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>24</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>7</v>
       </c>
       <c r="D20" s="4">
         <v>35000</v>
       </c>
       <c r="E20" s="4">
-        <v>38000</v>
+        <v>40000</v>
       </c>
       <c r="F20" s="6" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="21" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>25</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>7</v>
       </c>
       <c r="D21" s="4">
         <v>35000</v>
       </c>
       <c r="E21" s="4">
         <v>35000</v>
       </c>
       <c r="F21" s="6" t="s">
         <v>66</v>
       </c>
     </row>